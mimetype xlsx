--- v0 (2025-12-13)
+++ v1 (2026-01-23)
@@ -132,66 +132,66 @@
   <x:si>
     <x:t>Total income for academic years 2013-14 to 2019-20</x:t>
   </x:si>
   <x:si>
     <x:t>Research income</x:t>
   </x:si>
   <x:si>
     <x:t>Research income-in-kind</x:t>
   </x:si>
   <x:si>
     <x:t>Income for academic year 2015-16</x:t>
   </x:si>
   <x:si>
     <x:t>Income for academic year 2016-17</x:t>
   </x:si>
   <x:si>
     <x:t>Income for academic year 2017-18</x:t>
   </x:si>
   <x:si>
     <x:t>Income for academic year 2018-19</x:t>
   </x:si>
   <x:si>
     <x:t>Income for academic year 2019-20</x:t>
   </x:si>
   <x:si>
-    <x:t>10007795</x:t>
-[...14 lines deleted...]
-    <x:t>Music</x:t>
+    <x:t>10004063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The London School of Economics and Political Science</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthropology and Development Studies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22B: International Development</x:t>
   </x:si>
   <x:si>
     <x:t>BEIS Research Councils, The Royal Society, British Academy and The Royal Society of Edinburgh</x:t>
   </x:si>
   <x:si>
     <x:t>UK-based charities (open competitive process)</x:t>
   </x:si>
   <x:si>
     <x:t>UK-based charities (other)</x:t>
   </x:si>
   <x:si>
     <x:t>UK central government bodies/local authorities, health and hospital authorities</x:t>
   </x:si>
   <x:si>
     <x:t>UK central government tax credits for research and development expenditure</x:t>
   </x:si>
   <x:si>
     <x:t>UK industry, commerce and public corporations</x:t>
   </x:si>
   <x:si>
     <x:t>UK other sources</x:t>
   </x:si>
   <x:si>
     <x:t>EU government bodies</x:t>
   </x:si>
@@ -686,81 +686,81 @@
       </x:c>
       <x:c r="L5" s="4" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M5" s="4" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O5" s="4" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:15" x14ac:dyDescent="0.25">
       <x:c r="A6" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C6" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E6" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F6" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G6" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I6" s="5">
         <x:v>5.00</x:v>
       </x:c>
       <x:c r="J6" s="5">
-        <x:v>9.00</x:v>
+        <x:v>12.00</x:v>
       </x:c>
       <x:c r="K6" s="5">
-        <x:v>6.50</x:v>
+        <x:v>5.00</x:v>
       </x:c>
       <x:c r="L6" s="5">
-        <x:v>5.50</x:v>
+        <x:v>4.00</x:v>
       </x:c>
       <x:c r="M6" s="5">
-        <x:v>6.00</x:v>
+        <x:v>8.00</x:v>
       </x:c>
       <x:c r="N6" s="5">
-        <x:v>10.00</x:v>
+        <x:v>3.50</x:v>
       </x:c>
       <x:c r="O6" s="5">
-        <x:v>6.50</x:v>
+        <x:v>5.00</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <x:c r="I7" s="5"/>
       <x:c r="J7" s="5"/>
       <x:c r="K7" s="5"/>
       <x:c r="L7" s="5"/>
       <x:c r="M7" s="5"/>
       <x:c r="N7" s="5"/>
       <x:c r="O7" s="5"/>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A5:O5" xr:uid="{ACA38677-AF02-4B1E-9574-772DEC1A762D}"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xr:uid="{C1341E14-F5F5-4302-BC2B-359C498C5D6B}" mc:Ignorable="x14ac xr xr2 xr3">
   <x:dimension ref="A1:N6"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
@@ -820,652 +820,652 @@
       </x:c>
       <x:c r="K5" s="4" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L5" s="4" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="M5" s="4" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="N5" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A6" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C6" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E6" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F6" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G6" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I6" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J6" s="6">
-        <x:v>145643</x:v>
+        <x:v>190129</x:v>
       </x:c>
       <x:c r="K6" s="6">
-        <x:v>347827</x:v>
+        <x:v>279935</x:v>
       </x:c>
       <x:c r="L6" s="6">
-        <x:v>410668</x:v>
+        <x:v>921318</x:v>
       </x:c>
       <x:c r="M6" s="6">
-        <x:v>363830</x:v>
+        <x:v>725236</x:v>
       </x:c>
       <x:c r="N6" s="6">
-        <x:v>2546812</x:v>
+        <x:v>5076654</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A7" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E7" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F7" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G7" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I7" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J7" s="6">
-        <x:v>27727</x:v>
+        <x:v>17400</x:v>
       </x:c>
       <x:c r="K7" s="6">
-        <x:v>-1218</x:v>
+        <x:v>23000</x:v>
       </x:c>
       <x:c r="L7" s="6">
-        <x:v>0</x:v>
+        <x:v>6232</x:v>
       </x:c>
       <x:c r="M7" s="6">
-        <x:v>3787</x:v>
+        <x:v>10223</x:v>
       </x:c>
       <x:c r="N7" s="6">
-        <x:v>26509</x:v>
+        <x:v>71564</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D8">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G8" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I8" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K8" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L8" s="6">
-        <x:v>1131</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="M8" s="6">
-        <x:v>807</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N8" s="6">
-        <x:v>5655</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A9" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B9" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C9" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D9">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E9" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F9" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G9" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I9" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J9" s="6">
-        <x:v>0</x:v>
+        <x:v>527480</x:v>
       </x:c>
       <x:c r="K9" s="6">
-        <x:v>0</x:v>
+        <x:v>586705</x:v>
       </x:c>
       <x:c r="L9" s="6">
-        <x:v>0</x:v>
+        <x:v>1018577</x:v>
       </x:c>
       <x:c r="M9" s="6">
-        <x:v>0</x:v>
+        <x:v>886724</x:v>
       </x:c>
       <x:c r="N9" s="6">
-        <x:v>0</x:v>
+        <x:v>6207073</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A10" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D10">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I10" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J10" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L10" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M10" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N10" s="6">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A11" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C11" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D11">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E11" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F11" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G11" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I11" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J11" s="6">
-        <x:v>0</x:v>
+        <x:v>18551</x:v>
       </x:c>
       <x:c r="K11" s="6">
-        <x:v>0</x:v>
+        <x:v>70150</x:v>
       </x:c>
       <x:c r="L11" s="6">
-        <x:v>0</x:v>
+        <x:v>9871</x:v>
       </x:c>
       <x:c r="M11" s="6">
-        <x:v>0</x:v>
+        <x:v>19722</x:v>
       </x:c>
       <x:c r="N11" s="6">
-        <x:v>0</x:v>
+        <x:v>138059</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A12" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B12" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C12" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D12">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E12" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F12" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G12" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I12" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J12" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K12" s="6">
-        <x:v>0</x:v>
+        <x:v>8555</x:v>
       </x:c>
       <x:c r="L12" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M12" s="6">
-        <x:v>0</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="N12" s="6">
-        <x:v>0</x:v>
+        <x:v>8555</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A13" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B13" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D13">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J13" s="6">
-        <x:v>57048</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="K13" s="6">
-        <x:v>131566</x:v>
+        <x:v>407249</x:v>
       </x:c>
       <x:c r="L13" s="6">
-        <x:v>107284</x:v>
+        <x:v>239399</x:v>
       </x:c>
       <x:c r="M13" s="6">
-        <x:v>103576</x:v>
+        <x:v>316199</x:v>
       </x:c>
       <x:c r="N13" s="6">
-        <x:v>725038</x:v>
+        <x:v>2213395</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D14">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J14" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K14" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L14" s="6">
-        <x:v>0</x:v>
+        <x:v>20563</x:v>
       </x:c>
       <x:c r="M14" s="6">
-        <x:v>0</x:v>
+        <x:v>14688</x:v>
       </x:c>
       <x:c r="N14" s="6">
-        <x:v>0</x:v>
+        <x:v>102818</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A15" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B15" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C15" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D15">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E15" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F15" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G15" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I15" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J15" s="6">
-        <x:v>0</x:v>
+        <x:v>53896</x:v>
       </x:c>
       <x:c r="K15" s="6">
-        <x:v>0</x:v>
+        <x:v>71871</x:v>
       </x:c>
       <x:c r="L15" s="6">
-        <x:v>0</x:v>
+        <x:v>3443</x:v>
       </x:c>
       <x:c r="M15" s="6">
-        <x:v>0</x:v>
+        <x:v>20426</x:v>
       </x:c>
       <x:c r="N15" s="6">
-        <x:v>0</x:v>
+        <x:v>142985</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D16">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J16" s="6">
-        <x:v>0</x:v>
+        <x:v>4185</x:v>
       </x:c>
       <x:c r="K16" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L16" s="6">
-        <x:v>0</x:v>
+        <x:v>8309</x:v>
       </x:c>
       <x:c r="M16" s="6">
-        <x:v>0</x:v>
+        <x:v>6533</x:v>
       </x:c>
       <x:c r="N16" s="6">
-        <x:v>0</x:v>
+        <x:v>45733</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A17" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B17" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C17" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D17">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E17" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F17" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G17" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I17" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J17" s="6">
-        <x:v>0</x:v>
+        <x:v>27652</x:v>
       </x:c>
       <x:c r="K17" s="6">
-        <x:v>0</x:v>
+        <x:v>11600</x:v>
       </x:c>
       <x:c r="L17" s="6">
-        <x:v>0</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="M17" s="6">
-        <x:v>0</x:v>
+        <x:v>22785</x:v>
       </x:c>
       <x:c r="N17" s="6">
-        <x:v>0</x:v>
+        <x:v>159497</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A18" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B18" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C18" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D18">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E18" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F18" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G18" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I18" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J18" s="6">
-        <x:v>0</x:v>
+        <x:v>57379</x:v>
       </x:c>
       <x:c r="K18" s="6">
-        <x:v>0</x:v>
+        <x:v>14843</x:v>
       </x:c>
       <x:c r="L18" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M18" s="6">
-        <x:v>0</x:v>
+        <x:v>10317</x:v>
       </x:c>
       <x:c r="N18" s="6">
-        <x:v>0</x:v>
+        <x:v>72222</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A19" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B19" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C19" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D19">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E19" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F19" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G19" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I19" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J19" s="6">
-        <x:v>0</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="K19" s="6">
-        <x:v>0</x:v>
+        <x:v>59761</x:v>
       </x:c>
       <x:c r="L19" s="6">
-        <x:v>0</x:v>
+        <x:v>159732</x:v>
       </x:c>
       <x:c r="M19" s="6">
-        <x:v>0</x:v>
+        <x:v>128867</x:v>
       </x:c>
       <x:c r="N19" s="6">
-        <x:v>0</x:v>
+        <x:v>902071</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="A20" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B20" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C20" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D20">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E20" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F20" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G20" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I20" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J20" s="6">
-        <x:v>230418</x:v>
+        <x:v>1549469</x:v>
       </x:c>
       <x:c r="K20" s="6">
-        <x:v>478175</x:v>
+        <x:v>1533669</x:v>
       </x:c>
       <x:c r="L20" s="6">
-        <x:v>519084</x:v>
+        <x:v>2411497</x:v>
       </x:c>
       <x:c r="M20" s="6">
-        <x:v>472002</x:v>
+        <x:v>2162946</x:v>
       </x:c>
       <x:c r="N20" s="6">
-        <x:v>3304014</x:v>
+        <x:v>15140626</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:14" x14ac:dyDescent="0.25">
       <x:c r="J21" s="6"/>
       <x:c r="K21" s="6"/>
       <x:c r="L21" s="6"/>
       <x:c r="M21" s="6"/>
       <x:c r="N21" s="6"/>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A5:N5" xr:uid="{C1341E14-F5F5-4302-BC2B-359C498C5D6B}"/>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xr:uid="{ED4FC41A-BA96-44C4-80F8-BD4FBF5301B1}" mc:Ignorable="x14ac xr xr2 xr3">
   <x:dimension ref="A1:Q6"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="10.42578125" customWidth="1"/>
@@ -1532,101 +1532,101 @@
       </x:c>
       <x:c r="N5" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="O5" s="4" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="4" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:17" x14ac:dyDescent="0.25">
       <x:c r="A6" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B6" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C6" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D6">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E6" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F6" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G6" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I6" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="P6" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q6" s="6">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:17" x14ac:dyDescent="0.25">
       <x:c r="A7" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B7" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C7" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D7">
-        <x:v>33</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E7" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F7" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G7" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I7" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J7" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K7" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L7" s="6">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M7" s="6">
         <x:v>0</x:v>
       </x:c>